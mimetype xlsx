--- v0 (2025-12-16)
+++ v1 (2026-02-15)
@@ -20,51 +20,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Satdik" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Dinas Pendidikan Kabupaten Nganjuk</t>
   </si>
   <si>
     <t>Rekap Data Satuan Pendidikan Kec. Berbek</t>
   </si>
   <si>
-    <t>Update : 17-12-2025</t>
+    <t>Update : 15-02-2026</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Nama Sekolah</t>
   </si>
   <si>
     <t>NPSN</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Bentuk</t>
   </si>
   <si>
     <t>Desa/Kelurahan</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>