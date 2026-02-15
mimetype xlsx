--- v0 (2025-12-16)
+++ v1 (2026-02-15)
@@ -20,51 +20,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data PD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Dinas Pendidikan Kabupaten Nganjuk</t>
   </si>
   <si>
     <t>Rekap Data Peserta Didik</t>
   </si>
   <si>
-    <t>Update : 16-12-2025</t>
+    <t>Update : 15-02-2026</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Kecamatan</t>
   </si>
   <si>
     <t>TK</t>
   </si>
   <si>
     <t>KB</t>
   </si>
   <si>
     <t>TPA</t>
   </si>
   <si>
     <t>SPS</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>SMP</t>
   </si>
@@ -785,102 +785,102 @@
       <c r="G8" s="4">
         <v>0</v>
       </c>
       <c r="H8" s="4">
         <v>0</v>
       </c>
       <c r="I8" s="4">
         <v>0</v>
       </c>
       <c r="J8" s="4">
         <v>0</v>
       </c>
       <c r="K8" s="4">
         <v>0</v>
       </c>
       <c r="L8" s="4">
         <v>0</v>
       </c>
       <c r="M8" s="4">
         <v>0</v>
       </c>
       <c r="N8" s="4">
         <v>0</v>
       </c>
       <c r="O8" s="4">
-        <v>154</v>
+        <v>226</v>
       </c>
       <c r="P8" s="4">
-        <v>139</v>
+        <v>205</v>
       </c>
       <c r="Q8" s="4">
-        <v>293</v>
+        <v>431</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="4">
         <v>0</v>
       </c>
       <c r="U8" s="4">
         <v>0</v>
       </c>
       <c r="V8" s="4">
         <v>0</v>
       </c>
       <c r="W8" s="4">
         <v>0</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="4">
         <v>0</v>
       </c>
       <c r="AA8" s="4">
         <v>0</v>
       </c>
       <c r="AB8" s="4">
         <v>0</v>
       </c>
       <c r="AC8" s="4">
         <v>0</v>
       </c>
       <c r="AD8" s="4">
-        <v>154</v>
+        <v>226</v>
       </c>
       <c r="AE8" s="4">
-        <v>139</v>
+        <v>205</v>
       </c>
       <c r="AF8" s="4">
-        <v>293</v>
+        <v>431</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="A9" s="4">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <v>0</v>
       </c>
       <c r="F9" s="4">
         <v>0</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
@@ -979,102 +979,102 @@
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="2">
         <v>0</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
       <c r="K10" s="2">
         <v>0</v>
       </c>
       <c r="L10" s="2">
         <v>0</v>
       </c>
       <c r="M10" s="2">
         <v>0</v>
       </c>
       <c r="N10" s="2">
         <v>0</v>
       </c>
       <c r="O10" s="2">
-        <v>304</v>
+        <v>376</v>
       </c>
       <c r="P10" s="2">
-        <v>256</v>
+        <v>322</v>
       </c>
       <c r="Q10" s="2">
-        <v>560</v>
+        <v>698</v>
       </c>
       <c r="R10" s="2">
         <v>0</v>
       </c>
       <c r="S10" s="2">
         <v>0</v>
       </c>
       <c r="T10" s="2">
         <v>0</v>
       </c>
       <c r="U10" s="2">
         <v>0</v>
       </c>
       <c r="V10" s="2">
         <v>0</v>
       </c>
       <c r="W10" s="2">
         <v>0</v>
       </c>
       <c r="X10" s="2">
         <v>0</v>
       </c>
       <c r="Y10" s="2">
         <v>0</v>
       </c>
       <c r="Z10" s="2">
         <v>0</v>
       </c>
       <c r="AA10" s="2">
         <v>0</v>
       </c>
       <c r="AB10" s="2">
         <v>0</v>
       </c>
       <c r="AC10" s="2">
         <v>0</v>
       </c>
       <c r="AD10" s="2">
-        <v>304</v>
+        <v>376</v>
       </c>
       <c r="AE10" s="2">
-        <v>256</v>
+        <v>322</v>
       </c>
       <c r="AF10" s="2">
-        <v>560</v>
+        <v>698</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="A13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:32">
       <c r="A14" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="I5:K5"/>
     <mergeCell ref="L5:N5"/>
     <mergeCell ref="O5:Q5"/>
     <mergeCell ref="R5:T5"/>
     <mergeCell ref="U5:W5"/>
     <mergeCell ref="X5:Z5"/>